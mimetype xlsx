--- v0 (2025-10-30)
+++ v1 (2025-11-20)
@@ -15,113 +15,119 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PK1 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="22">
-[...1 lines deleted...]
-    <t>Zagreb, 27.08.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="24">
+  <si>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>UKUPAN BROJ PLATNIH KARTICA U REPUBLICI HRVATSKOJ  PREMA STATUSU {1} - 2025. godina</t>
   </si>
   <si>
     <t>IZVJEŠTAJNO RAZDOBLJE</t>
   </si>
   <si>
     <t>POTROŠAČ</t>
   </si>
   <si>
     <t>NEPOTROŠAČ</t>
   </si>
   <si>
     <t>UKUPNO</t>
   </si>
   <si>
     <t>KORIŠTENO</t>
   </si>
   <si>
     <t>NEKORIŠTENO</t>
   </si>
   <si>
     <t>BLOKIRAN</t>
   </si>
   <si>
     <t> SIJEČANJ</t>
   </si>
   <si>
-    <t>*</t>
-[...1 lines deleted...]
-  <si>
     <t> </t>
   </si>
   <si>
     <t> VELJAČA</t>
   </si>
   <si>
     <t> OŽUJAK</t>
   </si>
   <si>
     <t> TRAVANJ</t>
   </si>
   <si>
     <t> SVIBANJ</t>
   </si>
   <si>
     <t> LIPANJ</t>
+  </si>
+  <si>
+    <t> SRPANJ</t>
+  </si>
+  <si>
+    <t> KOLOVOZ</t>
+  </si>
+  <si>
+    <t> RUJAN</t>
   </si>
   <si>
     <t>{1} broj korištenih, nekorištenih i blokiranih platnih kartica na zadnji dan izvještajnog razdoblja</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -495,51 +501,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:Y16"/>
+  <dimension ref="A1:Y19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="4" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="4" customWidth="1"/>
     <col min="6" max="6" width="21" customWidth="1"/>
     <col min="7" max="7" width="4" customWidth="1"/>
     <col min="8" max="8" width="21" customWidth="1"/>
     <col min="9" max="9" width="4" customWidth="1"/>
     <col min="10" max="10" width="21" customWidth="1"/>
     <col min="11" max="11" width="4" customWidth="1"/>
     <col min="12" max="12" width="21" customWidth="1"/>
     <col min="13" max="13" width="4" customWidth="1"/>
     <col min="14" max="14" width="21" customWidth="1"/>
     <col min="15" max="15" width="4" customWidth="1"/>
     <col min="16" max="16" width="21" customWidth="1"/>
     <col min="17" max="17" width="4" customWidth="1"/>
     <col min="18" max="18" width="21" customWidth="1"/>
     <col min="19" max="19" width="4" customWidth="1"/>
     <col min="20" max="20" width="21" customWidth="1"/>
@@ -632,501 +638,732 @@
       </c>
       <c r="T9" t="s" s="6">
         <v>11</v>
       </c>
       <c r="V9" t="s" s="6">
         <v>12</v>
       </c>
       <c r="X9" t="s" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:25">
       <c r="A10" t="s" s="8">
         <v>13</v>
       </c>
       <c r="B10" s="9">
         <v>4609710</v>
       </c>
       <c r="C10" t="s" s="8">
         <v>14</v>
       </c>
       <c r="D10" s="9">
         <v>3173380</v>
       </c>
       <c r="E10" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F10" s="9">
         <v>463594</v>
       </c>
       <c r="G10" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H10" s="10">
         <v>8246684</v>
       </c>
       <c r="I10" t="s" s="11">
         <v>14</v>
       </c>
       <c r="J10" s="9">
         <v>285668</v>
       </c>
       <c r="K10" t="s" s="8">
         <v>14</v>
       </c>
       <c r="L10" s="9">
         <v>246296</v>
       </c>
       <c r="M10" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="N10" s="9">
         <v>8626</v>
       </c>
       <c r="O10" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="P10" s="10">
         <v>540590</v>
       </c>
       <c r="Q10" t="s" s="11">
         <v>14</v>
       </c>
       <c r="R10" s="9">
         <v>4895378</v>
       </c>
       <c r="S10" t="s" s="8">
         <v>14</v>
       </c>
       <c r="T10" s="9">
         <v>3419676</v>
       </c>
       <c r="U10" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="V10" s="9">
         <v>472220</v>
       </c>
       <c r="W10" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="X10" s="10">
         <v>8787274</v>
       </c>
       <c r="Y10" t="s" s="11">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:25">
       <c r="A11" t="s" s="8">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B11" s="9">
         <v>4607084</v>
       </c>
       <c r="C11" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D11" s="9">
         <v>3373578</v>
       </c>
       <c r="E11" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F11" s="9">
         <v>472247</v>
       </c>
       <c r="G11" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H11" s="10">
         <v>8452909</v>
       </c>
       <c r="I11" t="s" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="J11" s="9">
         <v>284623</v>
       </c>
       <c r="K11" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L11" s="9">
         <v>270379</v>
       </c>
       <c r="M11" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="N11" s="9">
         <v>8655</v>
       </c>
       <c r="O11" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="P11" s="10">
         <v>563657</v>
       </c>
       <c r="Q11" t="s" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="R11" s="9">
         <v>4891707</v>
       </c>
       <c r="S11" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="T11" s="9">
         <v>3643957</v>
       </c>
       <c r="U11" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="V11" s="9">
         <v>480902</v>
       </c>
       <c r="W11" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="X11" s="10">
         <v>9016566</v>
       </c>
       <c r="Y11" t="s" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:25">
       <c r="A12" t="s" s="8">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B12" s="9">
         <v>4594876</v>
       </c>
       <c r="C12" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D12" s="9">
         <v>3327322</v>
       </c>
       <c r="E12" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F12" s="9">
         <v>491703</v>
       </c>
       <c r="G12" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H12" s="10">
         <v>8413901</v>
       </c>
       <c r="I12" t="s" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="J12" s="9">
         <v>286258</v>
       </c>
       <c r="K12" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L12" s="9">
         <v>283164</v>
       </c>
       <c r="M12" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="N12" s="9">
         <v>8911</v>
       </c>
       <c r="O12" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="P12" s="10">
         <v>578333</v>
       </c>
       <c r="Q12" t="s" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="R12" s="9">
         <v>4881134</v>
       </c>
       <c r="S12" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="T12" s="9">
         <v>3610486</v>
       </c>
       <c r="U12" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="V12" s="9">
         <v>500614</v>
       </c>
       <c r="W12" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="X12" s="10">
         <v>8992234</v>
       </c>
       <c r="Y12" t="s" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13" t="s" s="8">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B13" s="9">
         <v>4613353</v>
       </c>
       <c r="C13" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D13" s="9">
         <v>3278380</v>
       </c>
       <c r="E13" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F13" s="9">
         <v>491172</v>
       </c>
       <c r="G13" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H13" s="10">
         <v>8382905</v>
       </c>
       <c r="I13" t="s" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="J13" s="9">
         <v>286928</v>
       </c>
       <c r="K13" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L13" s="9">
         <v>279251</v>
       </c>
       <c r="M13" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="N13" s="9">
         <v>9235</v>
       </c>
       <c r="O13" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="P13" s="10">
         <v>575414</v>
       </c>
       <c r="Q13" t="s" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="R13" s="9">
         <v>4900281</v>
       </c>
       <c r="S13" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="T13" s="9">
         <v>3557631</v>
       </c>
       <c r="U13" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="V13" s="9">
         <v>500407</v>
       </c>
       <c r="W13" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="X13" s="10">
         <v>8958319</v>
       </c>
       <c r="Y13" t="s" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:25">
       <c r="A14" t="s" s="8">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B14" s="9">
         <v>4653230</v>
       </c>
       <c r="C14" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D14" s="9">
         <v>3240010</v>
       </c>
       <c r="E14" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F14" s="9">
         <v>476902</v>
       </c>
       <c r="G14" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H14" s="10">
         <v>8370142</v>
       </c>
       <c r="I14" t="s" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="J14" s="9">
         <v>290605</v>
       </c>
       <c r="K14" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L14" s="9">
         <v>275828</v>
       </c>
       <c r="M14" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="N14" s="9">
         <v>8796</v>
       </c>
       <c r="O14" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="P14" s="10">
         <v>575229</v>
       </c>
       <c r="Q14" t="s" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="R14" s="9">
         <v>4943835</v>
       </c>
       <c r="S14" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="T14" s="9">
         <v>3515838</v>
       </c>
       <c r="U14" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="V14" s="9">
         <v>485698</v>
       </c>
       <c r="W14" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="X14" s="10">
         <v>8945371</v>
       </c>
       <c r="Y14" t="s" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:25">
       <c r="A15" t="s" s="8">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B15" s="9">
         <v>4659936</v>
       </c>
       <c r="C15" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D15" s="9">
         <v>3213829</v>
       </c>
       <c r="E15" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F15" s="9">
         <v>479713</v>
       </c>
       <c r="G15" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H15" s="10">
         <v>8353478</v>
       </c>
       <c r="I15" t="s" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="J15" s="9">
         <v>292076</v>
       </c>
       <c r="K15" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L15" s="9">
         <v>273629</v>
       </c>
       <c r="M15" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="N15" s="9">
         <v>8941</v>
       </c>
       <c r="O15" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="P15" s="10">
         <v>574646</v>
       </c>
       <c r="Q15" t="s" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="R15" s="9">
         <v>4952012</v>
       </c>
       <c r="S15" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="T15" s="9">
         <v>3487458</v>
       </c>
       <c r="U15" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="V15" s="9">
         <v>488654</v>
       </c>
       <c r="W15" t="s" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="X15" s="10">
         <v>8928124</v>
       </c>
       <c r="Y15" t="s" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:25">
-      <c r="A16" t="s">
+      <c r="A16" t="s" s="8">
+        <v>20</v>
+      </c>
+      <c r="B16" s="9">
+        <v>4679487</v>
+      </c>
+      <c r="C16" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D16" s="9">
+        <v>3180041</v>
+      </c>
+      <c r="E16" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F16" s="9">
+        <v>481739</v>
+      </c>
+      <c r="G16" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H16" s="10">
+        <v>8341267</v>
+      </c>
+      <c r="I16" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="J16" s="9">
+        <v>291920</v>
+      </c>
+      <c r="K16" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="L16" s="9">
+        <v>269905</v>
+      </c>
+      <c r="M16" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="N16" s="9">
+        <v>8958</v>
+      </c>
+      <c r="O16" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="P16" s="10">
+        <v>570783</v>
+      </c>
+      <c r="Q16" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="R16" s="9">
+        <v>4971407</v>
+      </c>
+      <c r="S16" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="T16" s="9">
+        <v>3449946</v>
+      </c>
+      <c r="U16" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="V16" s="9">
+        <v>490697</v>
+      </c>
+      <c r="W16" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="X16" s="10">
+        <v>8912050</v>
+      </c>
+      <c r="Y16" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25">
+      <c r="A17" t="s" s="8">
         <v>21</v>
+      </c>
+      <c r="B17" s="9">
+        <v>4682338</v>
+      </c>
+      <c r="C17" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D17" s="9">
+        <v>3160128</v>
+      </c>
+      <c r="E17" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F17" s="9">
+        <v>483694</v>
+      </c>
+      <c r="G17" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H17" s="10">
+        <v>8326160</v>
+      </c>
+      <c r="I17" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="J17" s="9">
+        <v>292073</v>
+      </c>
+      <c r="K17" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="L17" s="9">
+        <v>270727</v>
+      </c>
+      <c r="M17" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="N17" s="9">
+        <v>9107</v>
+      </c>
+      <c r="O17" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="P17" s="10">
+        <v>571907</v>
+      </c>
+      <c r="Q17" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="R17" s="9">
+        <v>4974411</v>
+      </c>
+      <c r="S17" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="T17" s="9">
+        <v>3430855</v>
+      </c>
+      <c r="U17" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="V17" s="9">
+        <v>492801</v>
+      </c>
+      <c r="W17" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="X17" s="10">
+        <v>8898067</v>
+      </c>
+      <c r="Y17" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25">
+      <c r="A18" t="s" s="8">
+        <v>22</v>
+      </c>
+      <c r="B18" s="9">
+        <v>4692535</v>
+      </c>
+      <c r="C18" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D18" s="9">
+        <v>3138011</v>
+      </c>
+      <c r="E18" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F18" s="9">
+        <v>491860</v>
+      </c>
+      <c r="G18" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H18" s="10">
+        <v>8322406</v>
+      </c>
+      <c r="I18" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="J18" s="9">
+        <v>294640</v>
+      </c>
+      <c r="K18" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="L18" s="9">
+        <v>267904</v>
+      </c>
+      <c r="M18" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="N18" s="9">
+        <v>9257</v>
+      </c>
+      <c r="O18" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="P18" s="10">
+        <v>571801</v>
+      </c>
+      <c r="Q18" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="R18" s="9">
+        <v>4987175</v>
+      </c>
+      <c r="S18" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="T18" s="9">
+        <v>3405915</v>
+      </c>
+      <c r="U18" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="V18" s="9">
+        <v>501117</v>
+      </c>
+      <c r="W18" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="X18" s="10">
+        <v>8894207</v>
+      </c>
+      <c r="Y18" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25">
+      <c r="A19" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="24">
     <mergeCell ref="A1:Y1"/>
     <mergeCell ref="A2:Y2"/>
     <mergeCell ref="A3:Y3"/>
     <mergeCell ref="A4:Y4"/>
     <mergeCell ref="A5:Y5"/>
     <mergeCell ref="A6:Y6"/>
     <mergeCell ref="A7:Y7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:I8"/>
     <mergeCell ref="J8:Q8"/>
     <mergeCell ref="R8:W8"/>
     <mergeCell ref="X8:Y8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="F9:G9"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="J9:K9"/>
     <mergeCell ref="L9:M9"/>
     <mergeCell ref="N9:O9"/>
     <mergeCell ref="P9:Q9"/>
     <mergeCell ref="R9:S9"/>